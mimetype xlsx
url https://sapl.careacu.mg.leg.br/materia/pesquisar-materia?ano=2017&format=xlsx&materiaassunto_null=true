--- v0 (2025-12-12)
+++ v1 (2026-03-22)
@@ -54,1435 +54,1435 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Denys de Oliveira Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DE CASAS POPULARES, PARA PROMOVER A MELHORIA DAS CONDIÇÕES DE HABITABILIDADE DAS FAMÍLIAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA REFEITO O CALÇAMENTO DA RUA EUGÊNIO CLETO, PRÓXIMO AO NÚMERO 254.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA FEITO O CALÇAMENTO E A ILUMINAÇÃO DO BECO DA RUA VITOR ANANIAS, NO BAIRRO COOPERATIVA E AINDA  QUE SEJA REFEITA A REDE DE ESGOTO NESTA VIA.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Orlando dos Reis Gonçalves Filho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE A IMPLANTAÇÃO DE INCENTIVOS AO PAGAMENTO DO IPTU, COM ISENÇÃO DE JUROS E MULTAS E O PARCELAMENTO DA DÍVIDA AOS CONTRIBUINTES PROPRIETÁRIOS DE IMÓVEL.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE, ATRAVÉS DO DEPARTAMENTO DE OBRAS, DETERMINE A LIMPEZA DO TERRENO ADQUIRIDO PELO MUNICÍPIO PARA A CONSTRUÇÃO DA QUADRA NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE NOTIFIQUE OS RESPONSÁVEIS PARA QUE FAÇAM O RECAPEAMENTO DA RUA PRESIDENTE ARTHUR BERNARDES E RUA JOSÉ ANSELMO DA COSTA, AMBAS NO BAIRRO VISTA ALEGRE. </t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA RECRIADA A ESCOLINHA DE FUTEBOL DO CRAS PARA AS CRIANÇAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE JUNTAMENTE COM O DEPARTAMENTO DE OBRAS, SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA ESCOAMENTO DA ÁGUA DA CHUVA NA RUA EUGÊNIO CLETO. </t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>João Clarismon Salvador</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO SETOR RESPONSÁVEL PELA ZONA RURAL DO MUNICÍPIO, SEJA FEITA UMA OPERAÇÃO TAPA-BURACOS E TAMBÉM A LIMPEZA DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SE ADQUIRIR UMA MÁQUINA OU MOTOR APROPRIADO PARA DESENTUPIMENTO DA REDE DE ESGOTO. </t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA DE FUTEBOL SOCIETY NO PÁTIO DA ANTIGA ESCOLA DO BAIRRO DOS FORTES. </t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA A SUBSTITUIÇÃO DAS LIXEIRAS DOS BAIRROS DA ZONA RURAL. </t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Marcelo José Resende</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRE ELEVADA EM FRENTE À CRECHE MUNICIPAL LOCALIZADA NO BAIRRO NOVO HORIZONTE (CENTRO EDUCACIONAL INFANTIL - MONS. NELSON LEITE LEMOS) NA ANTIGA RODOVIA FERNÃO DIAS. </t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS POSTES DE LUZ NO BECO DA RUA RAUL PEREIRA PINTO.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ricardo Alexandre Marcelino</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA VERIFICADA A POSSIBILIDADE DA CONCESSÃO DE INCENTIVOS À CONFECÇÃO CASSIMIRO, CONFORME PREVISTO NO PARÁGRAFO ÚNICO DO ART. 1º DA LEI 1448/2013 (PAGAMENTO DE ALUGUEL) E TAMBÉM NO ART. 3º DA LEI 1078/97 (ISENÇÃO DE TRIBUTOS). </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Maurício Ribeiro de Paiva</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITO O RESTANTE DA ILUMINAÇÃO DA AVENIDA FERNÃO DIAS, NO TRECHO ENTRE A UBS ATÉ O TREVO DE ACESSO À COOPERATIVA. </t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ENTRE EM CONTATO COM A CEMIG E SOLICITE A TROCA DO TRANSFORMADOR DO POSTE DE LUZ DA AVENIDA MINAS GERAIS, PRÓXIMO À RESIDÊNCIA DO SR. BRASIL E DA SRA. NEUSA LACERDA. </t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS POSTES DE LUZ NO BECO DA_x000D_
 RUA RAUL PEREIRA PINTO.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Sérgio Mota Pereira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A AMPLIAÇÃO DA REDE DE ABASTECIMENTO DE ÁGUA DO BAIRRO DA PENHA.  </t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE RECUPERAÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SE FAÇA UM ESTUDO DE VIABILIDADE DE IMPLANTAÇÃO DE FOSSAS ECOLÓGICAS NAS COMUNIDADES RURAIS.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA PROVIDENCIADA A REGULARIZAÇÃO DOS IMÓVEIS DO BAIRRO AUTO DA BOA VISTA.  </t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM RETOMADOS OS SERVIÇOS DE ATENDIMENTO PSICOLÓGICO À POPULAÇÃO. </t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA INSTALADO UM LIMPADOR DE CAFÉ E TAMBÉM QUE DISPONIBILIZE O TRATOR AGRÍCOLA DA PREFEITURA PARA ATENDER OS PRODUTORES RURAIS</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA AVERIGUADO O CADASTRO DAS RUAS EVANIL DE CASTRO E ASTOLFO DE CASTRO DO BAIRRO ITAGAÇABA, JUNTO AO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA DISPONIBILIZADO AOS USUÁRIOS DO SUS OS MEDICAMENTOS DA FARMÁCIA BÁSICA. </t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA ENVIADO PARA A CÂMARA MUNICIPAL UM PROJETO DE LEI DE AUTORIA DO EXECUTIVO MUNICIPAL COMPLEMENTANDO O VALOR ANUAL DO REPASSE DA SUBVENÇÃO SOCIAL AO HOSPITAL E MATERNIDADE DE CAREAÇU.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM INSTALADOS PLAYGROUNDS EM TODOS OS BAIRROS DA CIDADE.  </t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Sérgio Mota Pereira, João Clarismon Salvador</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA REVISTA A LOGÍSTICA DO TRANSPORTE ESCOLAR DOS ALUNOS DA ZONA RURAL.  </t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE REDUTORES DE VELOCIDADE NA AVENIDA FERNÃO DIAS, PRINCIPALMENTE NO PERÍMETRO DAS IMEDIAÇÕES DA ENTRADA DO BAIRRO VISTA ALEGRE E TAMBÉM A IMPLANTAÇÃO DE UMA FAIXA ELEVADA ENTRE A ENTRADA DO BAIRRO E A RUA ARTHUR BERNARDES.  </t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A SUBSTITUIÇÃO DA ILUMINAÇÃO DO BAIRRO VISTA ALEGRE.  </t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM BUEIRO NA RUA PREFEITO RENATO MARQUES ADAMI, NA ALTURA DO N.º 155.  </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE AVALIE A POSSIBILIDADE DA MUDANÇA DO POSTE DA CEMIG NA RUA MARIANA LEITE SOUSA, EM FRENTE À RESIDÊNCIA DO SR. FRANCISCO PIRES, N.º 77.  </t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE NÃO SENDO POSSÍVEL NESTE MOMENTO FAZER O CALÇAMENTO DO BECO DA RUA VITOR ANANIAS, NO BAIRRO COOPERATIVA, CONFORME FOI SOLICITADO NA INDICAÇÃO N.º 03/2017, QUE SEJA COLOCADA UMA FRESA ASFÁLTICA PARA AMENIZAR O PROBLEMA DOS MORADORES.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A INSTALAÇÃO DE PLACAS DETERMINANDO O ESTACIONAMENTO EM APENAS UM LADO DA RUA NAS SEGUINTES VIAS PÚBLICAS: RUA OTAVIANO JUNQUEIRA, RUA HERMENEGILDO ADAMI E RUA HONORATO PEREIRA; INSTALAÇÃO DE UMA PLACA NA RUA ERNESTO MARQUES, PRÓXIMO À RESIDÊNCIA DO SR. SÉRGIO DE CASTRO, PROIBINDO A SUBIDA DE CAMINHÕES PARA A FERNÃO DIAS._x000D_
 </t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM FEITAS MELHORIAS NA ILUMINAÇÃO DA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA, NO TRECHO QUE COMPREENDE A ÁREA DE LAZER EM FRENTE À ACADEMIA LIVE FIT E ATRÁS DA IGREJA MATRIZ. </t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE PLACAS INDICATIVAS DOS BAIRROS DA ZONA RURAL: FORTES, PENHA, CAFUNDÓ, BREJÃO E POSSES.  </t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL O ALARGAMENTO DA ESTRADA QUE LIGA O BAIRRO CÓRREGO FUNDO AO DITO BARROSO, NA ALTURA DO MORRO DA PROPRIEDADE DO SR. FATINHO.  </t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM FEITAS MELHORIAS NO ACESSO DO SÍTIO DO SR. FABIANO, NO BAIRRO DA PENHA. </t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM FEITAS MELHORIAS NO ACESSO DO SÍTIO DO SR. ARLINDO SILVÉRIO E FAZENDA DO FINADO SR. JAIR BORIN.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA REVISTA A DIVISÃO DE TAREFAS DOS VARREDORES DE RUA DA CIDADE.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM FEITOS OS SERVIÇOS DE LIMPEZA DO MATO NAS LATERAIS DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A INSTALAÇÕES DE REDUTORES DE VELOCIDADE EM ALGUNS TRECHOS DAS ZONAS RURAIS QUE APRESENTAM MAIORES RISCOS À POPULAÇÃO, QUE SÃO: BAIRRO DO BREJÃO - EM FRENTE AO SITIO DO SR. TIÃO RITA; BAIRRO DA PENHA: EM FRENTE AO SITIO DO SR. JOSÉ CAMARGO E EM FRENTE À CASA DO SR. JOSÉ ONOFRE._x000D_
 </t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE ANTES DA PONTE DO RIO SAPUCAÍ, NA ENTRADA DA CIDADE, PRÓXIMO AO BAR DA PONTE.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE TOME PROVIDÊNCIAS EM RELAÇÃO À INFRAESTRUTURA DA RUA PRÓXIMO AO TREVO QUE DÁ ACESSO AO BAIRRO DA COOPERATIVA, ENTRADA DA RUA EM QUE OS IMÓVEIS FAZEM DIVISA COM A CHÁCARA DA AVENIDA EVARISTO JUNQUEIRA, NA ALTURA DO NÚMERO 869 (CHÁCARA).</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL ESTUDE A POSSIBILIDADE DE PROMOVER PARCERIAS COM EMPRESAS DA REGIÃO, NO SENTIDO DE CONQUISTAR VAGAS DE EMPREGO PARA A POPULAÇÃO DESEMPREGADA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Orlando dos Reis Gonçalves Filho, José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS DOIS REDUTORES DE VELOCIDADE NA RUA JOSÉ ANSELMO DA COSTA, NO BAIRRO VISTA ALEGRE: PRÓXIMO AO COMÉRCIO DO SR. MARCOS REIS E PRÓXIMO À RESIDÊNCIA DA SRA. RITA. _x000D_
 </t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITO O FECHAMENTO DO TERRENO ONDE SERÁ CONSTRUÍDA A QUADRA NO BAIRRO VISTA ALEGRE E QUE SE FAÇA UMA QUADRA DE AREIA NO LOCAL.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A AQUISIÇÃO OU LOCAÇÃO DE UMA PRANCHA PARA TRANSPORTE DAS MÁQUINAS PESADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A CRIAÇÃO DE UMA LEI INSTITUINDO NO MUNICÍPIO O PROGRAMA &amp;#8220;PORTEIRA ADENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NO BAIRRO DOS FORTES, PRÓXIMO À IGREJA &amp;#8220;CONGREGAÇÃO CRISTÃ NO BRASIL&amp;#8221;.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE PLACAS INDICATIVAS NOS BAIRROS RURAIS DO MUNICÍPIO CONTENDO A DISTÂNCIA ENTRE OS BAIRROS E ENTRE OS BAIRROS E MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO DEPARTAMENTO COMPETENTE SEJAM REALIZADAS ALGUMAS OBRAS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE, ATRAVÉS DO DEPARTAMENTO COMPETENTE, SEJAM TROCADAS AS PRANCHAS DE MADEIRA DA PONTE QUE FICA NA DIVISA DO BAIRRO CAFUNDÓ COM O BAIRRO MACHADOS QUE LIGA CAREAÇU À SANTA RITA DO SAPUCAÍ.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE MANDE PASSAR A MÁQUINA NA ESTRADA DO BAIRRO SERRA DOS BORGES E BAIRRO DOS MOREIRAS.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM RETIRADOS OS ENTULHOS QUE ESTÃO SENDO COLOCADOS NA TERRAPLANAGEM.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE PROVIDENCIE JUNTO AO DEPARTAMENTO DE OBRAS, A COLOCAÇÃO DE DUAS PLACAS INDICATIVAS DE REDUTOR DE VELOCIDADE PRÓXIMO À RESIDÊNCIA DO SR. MORTADELA, NO BAIRRO TIMBÓ.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE, ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA FEITO UM LOCAL APROPRIADO PARA QUE O ÔNIBUS POSSA VIRAR NA ESTRADA DO BAIRRO DAS POSSES, PRÓXIMO AO SENHOR JORGE ADÃO SILVÉRIO.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE, ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA FEITA A REFORMA DA &amp;#8220;CABEÇA&amp;#8221; DA PONTE QUE FICA NA BAIRRO SERRA DOS BORGES, PRÓXIMO À PROPRIEDADE DO SENHOR JOEL DA SILVA.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL, REITERANDO A INDICAÇÃO N.º 43 DE 17 DE MARÇO DE 2017, QUE SEJAM COLOCADOS REDUTORES DE VELOCIDADE EM TRECHOS DA ZONA RURAL QUE APRESENTAM MAIORES RISCOS À POPULAÇÃO.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DA ESCOLA DO BAIRRO DA PENHA PARA AS AULAS DE CATEQUESE DA IGREJA NOSSA SENHORA DA PENHA E QUE SEJA FEITA A LIMPEZA E PINTURA DAS SALAS.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL, REITERANDO A INDICAÇÃO N.º 34 DE 10 DE MARÇO DE 2017 DE AUTORIA DO NOSSO SAUDOSO VEREADOR DENYS DE OLIVEIRA LACERDA, A COLOCAÇÃO DE FRESA ASFÁLTICA NO BECO DA RUA VITOR ANANIAS, BAIRRO COOPERATIVA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE, ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA FEITA A ILUMINAÇÃO DA QUADRA DO BAIRRO DA PENHA E QUE SEJA AUMENTADA A ALTURA DOS ALAMBRADOS QUE FICAM ATRÁS DO GOL. SOLICITO AINDA QUE SEJAM DISPONIBILIZADAS REDES E BOLAS PARA OS JOGOS.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO DEPARTAMENTO JURÍDICO DA PREFEITURA SEJA FEITO O LEVANTAMENTO DO TERRENO ONDE FICA O CAMPO DE FUTEBOL DO BAIRRO DA PENHA E DO BAIRRO DO BREJÃO, PARA VERIFICAR SE EXISTE ESCRITURA OU ALGUM DOCUMENTO DE DOAÇÃO EM NOME DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE FRESA ASFÁLTICA NO FINAL DA RUA OTAVIANO JUNQUEIRA.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE FRESA ASFÁLTICA NA TRAVESSA EVARISTO JUNQUEIRA, EM FRENTE À CASA DO SENHOR ZÉ OZÓRIO.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Orlando dos Reis Gonçalves Filho, Francisco Carlos Cintra</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Francisco Carlos Cintra</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS REDUTORES DE VELOCIDADE NAS SEGUINTES VIAS PÚBLICAS: RUA PREFEITO RENATO ADAMI E RUA PREFEITO ANTÔNIO RIBEIRO NETO.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Ricardo Alexandre Marcelino, José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS REDUTORES DE VELOCIDADE NAS SEGUINTES VIAS: AVENIDA MESSIAS APARECIDO COSTA, RUA LUZIA RENNÓ MOREIRA, AVENIDA EVARISTO JUNQUEIRA E RUA ANTÔNIO FLORÊNCIO NOGUEIRA._x000D_
 </t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA A MUDANÇA DO LOCAL DA LIXEIRA DO BAIRRO DOS FORTES.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA A COBERTURA DA GARAGEM MUNICIPAL.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJA FEITA A LIMPEZA DA BEIRADA DO CALÇAMENTO DO MORRO DO BAIRRO DO TAGUÁ E CAFUNDÓ.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Carlos Raimundo Barroso</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO UM BRAÇO DE LUZ NA RUA BAHIA, N.º 144, BAIRRO ALTAVILLA, EM FRENTE À RESIDÊNCIA DA SENHORA ELIQUIANE.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA RUA JOSÉ JOAQUIM GOUVEIA, EM FRENTE AO DEPÓSITO DE GÁS DO SENHOR JARBAS.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJAM COLOCADOS REDUTORES DE VELOCIDADES NO BAIRRO DA PENHA, EM FRENTE À RESIDÊNCIA DO SENHOR JOSÉ VILSON, E NO BAIRRO BREJÃO, EM FRENTE À RESIDÊNCIA DO SENHOR ANTÔNIO VOLTA.  _x000D_
 </t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE AVENIDA SATURNINO DE FARIA, PRÓXIMO AO CENTRO ESPÍRITA FRANCISCO DE PAULA VITOR._x000D_
 </t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Sérgio Mota Pereira, Marcelo José Resende</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO REDUTOR DE VELOCIDADE NO BAIRRO DA PENHA, PRÓXIMO À RESIDÊNCIA DO SENHOR LAÉRCIO.  </t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL A COLOCAÇÃO DE FRESA ASFÁLTICA NA ENTRADA DA EMPRESA RUFF.  </t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE ATRAVÉS DO DEPARTAMENTO DE OBRAS, SEJAM TOMADAS MEDIDAS URGENTES PARA RESOLVER O PROBLEMA DO ESCOAMENTO DA ÁGUA NA RUA VEREADOR BENEDITO SOARES DE PINHO, PRÓXIMO AO N.º 176, BAIRRO NOVO HORIZONTE I.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO REDUTOR DE VELOCIDADE NA AVENIDA FERNÃO DIAS, PRÓXIMO AO BARRACÃO DO BRANCO CAMINHÕES.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SENHOR PREFEITO MUNICIPAL QUE SEJA COLOCADO UM POSTE DE LUZ NO FINAL DA RUA JOAQUIM AMADOR NETO, BAIRRO COOPERATIVA E TAMBÉM QUE SEJAM COLOCADAS MANILHAS NESTE LOCAL. </t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>MOP</t>
+    <t>MPES</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Maurício Ribeiro de Paiva, Carlos Raimundo Barroso, Francisco Carlos Cintra, João Clarismon Salvador, José Chamir de Oliveira, Marcelo José Resende, Orlando dos Reis Gonçalves Filho, Ricardo Alexandre Marcelino, Sérgio Mota Pereira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Vereador Denys de Oliveira Lacerda.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>OFP - Comissão de Orçamento e Finanças Públicas</t>
-[...2 lines deleted...]
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
+    <t>COF - Comissão de Orçamento e Finanças Públicas</t>
+  </si>
+  <si>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas da Prefeitura Municipal de Careaçu/MG, Exercício de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Pref. Tovar dos Santos Barroso</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Subvenções Sociais e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>Concede aumento aos servidores da Câmara Municipal de Careaçu/MG.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t>Fixa os valores definidos como créditos de pequeno valor para os fins do art. 100, §§ 3º e 4º, da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>Regulamenta o transporte escolar, autoriza a utilização dos veículos do Programa Caminhos da Escola a efetuarem o transporte de estudantes do ensino técnico e superior e determina outras providências.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Recuperação de Créditos e dá outras providências.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limpeza de terrenos particulares do Município de Careaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração e reajuste de vencimentos dos cargos públicos do magistério municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dá nomes às ruas do Município de Careaçu, MG e dá outras providências.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária - LOA de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza a realocação e a transposição de recursos de uma categoria de programação para outra.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.513 que dá nomes às ruas do Município de Careaçu, MG e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação destinação de imóveis público municipal para construção de casas populares e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo e aumento de vagas em cargos existentes.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Careaçu a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esporte e dá outras providências.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para exploração de serviços de táxis e dá outras providências.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.292/2007, que dispõe sobre o Imposto Sobre Serviços de Qualquer Natureza e dá outras providências.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Proteção ao Patrimônio Cultural - FUMPAC.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Careaçu para o Exercício de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA para o período 2018-2021 do Município de Careaçu - Minas Gerais.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as viagens oficiais e a concessão de diárias aos Vereadores e servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder auxílio financeiro aos médicos participantes do Projeto Mais Médicos no Município de Careaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera a alínea "a", do inciso I, da Lei nº 1.510, e dá outras providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diária ao Prefeito, Vice-prefeito e servidores que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Plano de Cargos Carreiras e Vencimentos do Quadro do Magistério Público do Município de Careaçu.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso de telefones móveis de propriedade da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 01/2007 que prevê a Estrutura Organizacional e o Plano de Cargos, Carreiras e Vencimentos da Câmara Municipal de Careaçu/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer reparos no calçamento da Rua Presidente Arthur Bernardes, na entrada do Bairro Vista Alegre.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer informações de como foi realizado o processo de migração dos alunos da APAE para o CIAPPEC.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as empresas que exploram a extração de areia e cascalho em nosso município.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o transporte de alunos da zona rural e manutenção da estrada rural do Bairro das Posses.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer que seja atendida a Indicação nº 50/2017 e que o Executivo envie projeto de lei versando sobre o tema.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>Sérgio Mota Pereira, Carlos Raimundo Barroso, João Clarismon Salvador, Marcelo José Resende, Orlando dos Reis Gonçalves Filho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a avaliação de desempenho dos professores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1789,67 +1789,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="207.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>