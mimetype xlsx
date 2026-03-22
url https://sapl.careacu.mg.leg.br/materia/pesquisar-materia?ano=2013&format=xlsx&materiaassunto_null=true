--- v0 (2025-12-15)
+++ v1 (2026-03-22)
@@ -54,2244 +54,2244 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Ibraim Pereira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/706/706_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A SUBVENÇÃO SOCIAL AO HOSPITAL E MATERNIDADE DE CAREAÇU SEJA REPASSADA MENSALMENTE NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS), E QUANDO FINDAR A RUBRICA ORÇAMENTÁRIA, SEJA SUPLEMENTADA EM R$ 156.000,00 (CENTO E CINQUENTA E SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Demetrius Tadeu Sartoris</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/711/711_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE UM VEÍCULO PARA ATENDER OS BAIRROS RURAIS NA ÁREA DO ESPORTE.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/712/712_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE VIABILIZE A ASSINATURA DE UM CONSÓRCIO INTERMUNICIPAL DE SAÚDE COM AS CIDADES QUE ENCAMINHAM SEUS PACIENTES PARA O HOSPITAL E MATERNIDADE DE CAREAÇU.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/713/713_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM FEITAS MELHORIAS NA ENTRADA DO BAIRRO VISTA ALEGRE NO TÚNEL DE ACESSO ÀS MARGENS DA RODOVIA FERNÃO DIAS E SÍTIO SERRINHA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/714/714_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA PLACA &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221; EM FRENTE À CÂMARA MUNICIPAL E A DEMARCAÇÃO DA RAMPA PARA CADEIRANTES.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/715/715_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FAÇA VALER A LEI N.º 1380 DE 31 DE MARÇO DE 2011 QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A DISPONIBILIZAR CADEIRAS DE RODAS PARA PESSOAS CARENTES&amp;#8221;.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sidney Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/716/716_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM DESMEMBRADAS AS SECRETARIAS MUNICIPAIS &amp;#8211; SAÚDE, ESPORTE E ASSISTÊNCIA SOCIAL E EDUCAÇÃO, CULTURA E LAZER &amp;#8211; E QUE SEJA CRIADA A SECRETARIA MUNICIPAL DA AGRICULTURA.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/717/717_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DA GUARDA MUNICIPAL DE CAREAÇU.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Carlos Raimundo Barroso, Orlando dos Reis Gonçalves Filho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/720/720_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DO GINÁSIO POLIESPORTIVO JOSÉ IBRAIM BARROSO E A TROCA DAS LÂMPADAS QUEIMADAS DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/721/721_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM NOTIFICADOS OS PROPRIETÁRIOS DE LOTES VAGOS PARA QUE FAÇAM SUA LIMPEZA DE SEUS TERRENOS E QUE SEJAM FEITOS PASSEIOS EM FRENTE ÀS CASAS E LOTES ONDE AINDA NÃO TEM OU ESTEJAM DANIFICADOS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maurício Ribeiro de Paiva</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/722/722_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA RETIRADO O BARRANCO QUE FICA NO TERRENO DO SR. PAULO HENRIQUE CHISTE, NA RUA QUE DÁ ACESSO AO CEMITÉRIO MUNICIPAL, BAIRRO ALTO DA COMPADECIDA.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/723/723_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA REVISÃO E ATUALIZAÇÃO NO CÓDIGO DE POSTURAS DA CIDADE.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Joaquim Gonçalves Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/724/724_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA DE FUTEBOL E DE VÔLEI E FUTEBOL DE AREIA NOS BAIRROS BREJÃO E CÓRREGO FUNDO; A PINTURA E MARCAÇÃO DAS QUADRAS DE FUTEBOL DOS DEMAIS BAIRROS RURAIS E A COMPRA DE MATERIAL ESPORTIVO PARA TODOS OS BAIRROS RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/725/725_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA ESTRUTURA PARA REFORÇAR A ÁRVORE QUE FICA NA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA EM FRENTE O BAR DO PONTO.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/726/726_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM FEITOS REPAROS NAS PLACAS DE SINALIZAÇÃO DE TRÂNSITO DA CIDADE E SUBSTITUIÇÃO DAS QUE ESTÃO PRECÁRIAS. INDICA AINDA QUE SE FAÇA A SINALIZAÇÃO DAS ENTRADAS DA CIDADE, DAS VIAS URBANAS, DAS REPARTIÇÕES PÚBLICAS E DOS BAIRROS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/727/727_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM CRIADOS NO MUNICÍPIO O PROJETO CAPOEIRA E O PROJETO TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/728/728_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEDETIZAÇÃO DOS BUEIROS DA CIDADE.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/729/729_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE RAMPAS PARALELAS À ANTIGA RODOVIA FERNÃO DIAS, NAS RUAS VEREADOR JOSÉ CLAUDIO MARCHETT, PREFEITO ANTÔNIO NEDER, VITOR ANANIAS E TRAVESSA EVARISTO JUNQUEIRA, REITERANDO A INDICAÇÃO 48/2011.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Orlando dos Reis Gonçalves Filho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/730/730_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM TROCADAS AS MANILHAS DA REDE DE ESGOTO DA RUA PRESIDENTE ARTHUR BERNARDES.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/731/731_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FAÇA A LIMPEZA E O FECHAMENTO DO TERRENO ONDE SERÁ CONSTRUÍDA A QUADRA NO BAIRRO VISTA ALEGRE E QUE SEJA ESTUDADA A POSSIBILIDADE DA MUDANÇA DA &amp;#8220;QUADRA MINEIRINHO&amp;#8221; PARA ESTE LOCAL.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/732/732_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL E A REFORMA E REMODELAÇÃO DO SEU PORTÃO DE ENTRADA.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/733/733_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE DUAS ACADEMIAS AO AR LIVRE PARA SEREM INSTALADAS UMA EM FRENTE À UNIDADE BÁSICA DE SAÚDE E A OUTRA NA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA, PRÓXIMO A ÁREA ONDE SE ENCONTRAM OS BRINQUEDOS DE MADEIRA.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/734/734_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ÁREA DE LAZER NA RUA CEDRO, NO TERRENO QUE PERTENCE AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/735/735_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TODA A ILUMINAÇÃO PÚBLICA DO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/736/736_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O CALÇAMENTO DA RUA DA BALSA.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/737/737_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM FEITOS REPAROS E MANUTENÇÃO DA AVENIDA MINAS GERAIS E DAS DEMAIS RUAS DO BAIRRO PESCADOR.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/738/738_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM FEITOS REPAROS NO CALÇAMENTO DA TRAVESSA EVARISTO JUNQUEIRA E O RECAPEAMENTO DA RUA PROFESSOR ANTÔNIO NÉDER, AMBAS DO BAIRRO COOPERATIVA.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/739/739_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ELABORADA UMA LEI MUNICIPAL PARA REGULAMENTAR A ENTRADA DE VENDEDORES AMBULANTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/740/740_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE UM POÇO ARTESIANO NO BAIRRO PEDRA PRETA.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/741/741_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM CALENDÁRIO ANUAL DA CULTURA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>João Clarismon Salvador</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/742/742_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO CAFUNDÓ.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/743/743_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA TELA DE PROTEÇÃO DA VARANDA DA ESCOLA DO BAIRRO DOS FORTES POR GRADES.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/744/744_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INICIADA, O MAIS RÁPIDO POSSÍVEL, A REFORMA DO POSTO DE SAÚDE DO BAIRRO DOS FORTES.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/745/745_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRAS NOS BAIRROS DO CÓRREGO FUNDO, TIMBÓ, BREJÃO, PENHA E FORTES.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/746/746_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BUEIROS NAS ESTRADAS DOS BAIRROS TAGUÁ E CAFUNDÓ.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/747/747_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE QUATRO QUEBRA-MOLAS NO BAIRRO DO TIMBÓ, NOS SEGUINTES LOCAIS: EM FRENTE AO CAMPO DE FUTEBOL; EM FRENTE À IGREJA EVANGÉLICA; EM FRENTE À ESCOLA E EM FRENTE À IGREJA SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/748/748_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS MARGENS DAS ESTRADAS RURAIS DO MUNICÍPIO, COM APLICAÇÃO DE RUNDUP E CAPINAS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/749/749_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE TOME PROVIDÊNCIAS PARA SOLUCIONAR OS PROBLEMAS EXISTENTES NAS RUAS VITOR ANANIAS E PROF. ANTÔNIO NEDER, AMBAS NO BAIRRO DA COOPERATIVA, REITERANDO A INDICAÇÃO 09/2012.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/750/750_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DA &amp;#8220;AVENIDA FERNÃO DIAS&amp;#8221;, NO TRECHO ENTRE O BAIRRO NOVO HORIZONTE E A &amp;#8220;DRAGA DO ELIZEU&amp;#8221;.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO E A MANUTENÇÃO DA ESTRADA DA SERRINHA E DOS DEMAIS BAIRROS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A LIGAÇÃO DA ÁGUA DE TODOS OS POÇOS ARTESIANOS QUE FORAM CONSTRUÍDOS NOS BAIRROS RURAIS DO MUNICÍPIO &amp;#8211; BREJÃO, PENHA E CÓRREGO FUNDO.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ABERTA UMA ESTRADA NO TRECHO QUE LIGA O BAIRRO COOPERATIVA AO BAIRRO PEDRA PRETA (LIXÃO).</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE REDUTORES DE VELOCIDADE AO LONGO DE TODA A AVENIDA FERNÃO DIAS E NAS PRINCIPAIS RUAS E AVENIDAS DA CIDADE E TAMBÉM A COLOCAÇÃO DE RADARES NA AVENIDA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA PLACA PRÓXIMO AO POLIESPORTIVO JOSÉ IBRAIM BARROSO, INDICANDO A SAÍDA PARA A RODOVIA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE TOME PROVIDÊNCIAS QUANTO À REDE DE ESGOTO NO BAIRRO VALE DO SOL, EM FRENTE À CASA DO SR. FRANCISCO GONÇALVES TEIXEIRA FILHO.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM RESERVATÓRIO DE ÁGUA NO BAIRRO NOVO HORIZONTE, PRÓXIMO AO CEMITÉRIO, COM CAPACIDADE ENTRE 2 E 5 MIL LITROS DE ÁGUA, E A LIGAÇÃO DE TRÊS BICOS DE ÁGUA DENTRO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE UMA FAIXA PARA CAMINHADA NA AVENIDA FERNÃO DIAS E A COLOCAÇÃO DE PLACAS INDICATIVAS.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA COBERTURA NO PONTO DE TAXI.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADA UMA GUARITA EM TODOS OS BAIRROS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSTRUÍDA UMA GALERIA NA RUA PREFEITO RENATO MARQUES ADAMI, PRÓXIMO AO N.º 211, REITERANDO A INDICAÇÃO N.º 39 DE 04 DE MAIO DE 2009.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE VESTIÁRIOS NOS CAMPOS DE FUTEBOL DOS BAIRROS CÓRREGO FUNDO, PENHA E FORTES, REITERANDO A INDICAÇÃO N.º 05/2010.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMPRA OU A TERCEIRIZAÇÃO DE UM CAMINHÃO PARA COLETA SELETIVA DE LIXO.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE MANDE ROÇAR A ESTRADA DO BAIRRO DA PENHA E DO BREJÃO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A RODOVIÁRIA COMECE A FUNCIONAR NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Carlos Raimundo Barroso</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM PORTAL DA CIDADE DE CAREAÇU JUNTO AO TREVO PRINCIPAL DA ENTRADA NO MUNICÍPIO COM A BR 381, E A ILUMINAÇÃO DO TREVO DE ACESSO ATÉ O &amp;#8220;POSTO ALE&amp;#8221;.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM AUMENTADOS OS REDUTORES DE VELOCIDADE DA AVENIDA FERNÃO DIAS QUE FICAM PRÓXIMO À UBS E À ENTRADA DO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE TOME PROVIDÊNCIAS SOBRE O TRANSPORTE ESCOLAR NO HORÁRIO DAS 12 HORAS, LINHA PENHA/BREJÃO A PEDIDO DOS PAIS DE ALUNOS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM BANCO DE HORAS PARA OS FUNCIONÁRIOS PÚBLICOS QUE EXERCEM A FUNÇÃO DE GARI.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CARTÃO ALIMENTAÇÃO PARA OS SERVIDORES MUNICIPAIS DE CAREAÇU.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO, POR RECURSO PRÓPRIO OU JUNTO AO GOVERNO ESTADUAL OU ATRAVÉS DE EMENDA PARLAMENTAR DO GOVERNO FEDERAL, DE UMA PATRULHA MECANIZADA E UMA BENEFICIADORA DE CAFÉ.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/774/774_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE AJUDE A SENHORA MARIA APARECIDA FERREIRA (CIDA) NA COMPRA DE MEDICAMENTOS E RAÇÃO PARA TRATAR DOS ANIMAIS ABANDONADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/776/776_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE UMA SALA DA ESCOLA DO BAIRRO CAFUNDÓ PARA QUE POSSA SER USADA PELA EQUIPE DA SAÚDE.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FAÇA REPAROS NO CALÇAMENTO DA AVENIDA MINAS GERAIS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/780/780_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE MANDE PASSAR A MÁQUINA NA ESTRADA DO BAIRRO PEDRA PRETA.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/781/781_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE UMA SALA DA ESCOLA DO BAIRRO DO TIMBÓ.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/782/782_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE MATA BURROS POR CORREDOR NA ESTRADA DO BAIRRO DAS POSSES.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/783/783_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESTRADA DO BAIRRO MOREIRA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/784/784_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRÊS CURVAS NO BAIRRO DAS POSSES PERTO DA FAZENDA SÉRGIO MORAIS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/785/785_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM QUEBRA-MOLAS NA SAÍDA PARA SILVIANÓPOLIS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Júlio César Máximo</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/787/787_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A INSTALAÇÃO DA  EMPRESA &amp;#8220;POLARFIX&amp;#8221; EM CAREAÇU.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/788/788_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ENVIE PARA ESTA CASA LEGISLATIVA CÓPIA DA DOCUMENTAÇÃO DAS EMPRESAS CUJOS TERRENOS FORAM DOADOS E JÁ SE INSTALARAM EM CAREAÇU, PARA ANÁLISE E FISCALIZAÇÃO DO TERMO EM QUE TAIS DOAÇÕES FORAM FEITAS, COMO DOAÇÃO DE TERRENOS, ISENÇÕES FISCAIS, ETC.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/789/789_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA URGENTEMENTE DEFINIDO A NOVA DATA DO &amp;#8220;AGITA CAREAÇU&amp;#8221; E CRIADO O CALENDÁRIO DE FESTAS DA CIDADE.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/790/790_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INICIE-SE URGENTEMENTE O TRABALHO DE CASTRAÇÃO DE ANIMAIS NA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/791/791_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OS ALUNOS DA APAE ESTUDEM EM PERÍODO INTEGRAL, NA APAE DE SÃO GONÇALO DO SAPUCAÍ, PELO VALOR DE R$ 250,00 (DUZENTOS E CINQUENTA REAIS) REPASSADO POR ALUNO PARA A INSTITUIÇÃO &amp;#8211; PORÉM EM PERÍODO INTEGRAL.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/792/792_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATENÇÃO NECESSÁRIA AO BAIRRO DA VARGEM, NO SENTIDO DE ARRUMAR A &amp;#8220;RUA DA BALSA&amp;#8221;.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Joaquim Gonçalves Sobrinho, Demetrius Tadeu Sartoris</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/794/794_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A COLETA DE LIXO AOS SÁBADOS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/798/798_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO PORTÃO DO CEMITÉRIO E A COLOCAÇÃO DE POSTES DE ILUMINAÇÃO NAS LATERAIS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/799/799_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE MAIS UM DIA NA SEMANA PARA O  GRUPO DA TERCEIRA IDADE PRATICAR EXERCÍCIOS E ACOMPANHAMENTO DE UM NUTRICIONISTA.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/804/804_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIA NAS ESTRUTURAS DAS CASAS DA RUA DA BALSA.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHOR LOCALIZAÇÃO DO CRUZEIRO NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR BEBEDOURO E CADEIRAS NA SALA DE ESPERA DOS POSTOS DE SAÚDE DOS BAIRROS RURAIS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLUCIONAR O PROBLEMA DA LIXEIRA DA RUA JOSÉ ALÍPIO SILVA, NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAR UM BUEIRO NO BAIRRO GROTA ESCURA.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/814/814_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR POLÍTICAS DE &amp;#8220;VALORIZAÇÃO REAL&amp;#8221; DE NOSSOS PROFESSORES E PROFISSIONAIS DA EDUCAÇÃO, CRIANDO MANEIRAS DE OUVIR DIRETAMENTE ESSES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/815/815_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR O &amp;#8220;ACERVO CULTURAL E HISTÓRICO DE CAREAÇU&amp;#8221;, REUNINDO FOTOS ANTIGAS, HISTÓRIAS, OBJETOS, MÓVEIS E TUDO AQUILO QUE POSSA CONTAR A NOSSA HISTÓRIA.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/816/816_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR O &amp;#8220;ESPAÇO DO ARTESÃO&amp;#8221; NAS FESTAS DE CAREAÇU, ABRINDO ESPAÇO EM TODAS AS NOSSAS FESTAS PARA QUE OS ARTESÃOS DE NOSSA CIDADE POSSAM DIVULGAR E VENDER SEUS TRABALHOS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAR A  &amp;#8220;DATA  E  LOCAL&amp;#8221;, ONDE E QUANDO SERÃO INICIADAS AS CASTRAÇÕES DOS ANIMAIS DE RUA E DOS ANIMAIS PERTENCENTES À POPULAÇÃO CARENTE DA CIDADE.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUXILIAR NA IMPLANTAÇÃO DA &amp;#8220;ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE CAREAÇU&amp;#8221;.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR NAS ESCOLAS DE SEGUNDO GRAU DE CAREAÇU O TESTE VOCACIONAL GRATUITO.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>PERFURAR UM POÇO ARTESIANO NO BAIRRO DOS FORTES.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAR A MÁQUINA E FAZER O CASCALHAMENTO NA ESTRADA DO BAIRRO TAGUÁ, CAFUNDÓ E POSSES, E COLOCAR FRESA ASFÁLTICA NO BAIRRO CAFUNDÓ.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMAR A GUARITA QUE FICA EM FRENTE AO POSTO VOLTA GRANDE.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR UM BUEIRO NO BAIRRO CÓRREGO FUNDO, EM FRENTE À RESIDÊNCIA DO SR. ZÉ NEGRINHO.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR DE TRÊS GUARITAS NO BAIRRO CAFUNDÓ.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER UMA ENTRADA PARA O BAIRRO TAGUÁ.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/826/826_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER REPAROS NA TRAVESSA EVARISTO JUNQUEIRA, PRÓXIMO AO NÚMERO 142.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A LIGAÇÃO DE REDE DE ESGOTO NA RUA A, SUBINDO O MORRO DO CEMITÉRIO, E AINDA, FAZER A LIMPEZA E COLOCAR FRESA ASFÁLTICA NESTA RUA.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A LIGAÇÃO DE ÁGUA NO BAIRRO BREJÃO EM APROXIMADAMENTE 8 CASAS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR FRESA ASFÁLTICA NA RUA SEM SAÍDA PRÓXIMA AO ANTIGO RESTAURANTE &amp;#8220;PESCADOR&amp;#8221;.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A LIMPEZA DO TERRENO ONDE SERÁ CONSTRUÍDA A QUADRA NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR UMA SALA DE EXPOSIÇÃO DE TROFÉUS NO POLIESPORTIVO JOSÉ IBRAIM BARROSO.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>José Ibraim Pereira, Sidney Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A SINALIZAÇÃO PERMITINDO O ESTACIONAMENTO DE CARRETAS E CAMINHÕES EM APENAS UMA VIA DA AVENIDA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER UMA LIMPEZA EM TODA EXTENSÃO DA RUA DA BALSA.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA BOCA DE LOBO NA AVENIDA EVARISTO JUNQUEIRA, EM FRENTE À RESIDÊNCIA DO SR. EDEMAR REIMER.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER O REPASSE DO MÊS DE JULHO E AGOSTO EM QUOTA ÚNICA PARA O HOSPITAL E MATERNIDADE DE CAREAÇU PARA PAGAMENTO DOS MÉDICOS PLANTONISTAS.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR O CARTÃO ALIMENTAÇÃO PARA OS SERVIDORES MUNICIPAIS DE CAREAÇU, REITERANDO A INDICAÇÃO 59 DE 15 DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR UM POSTE DE LUZ NA RUA MARIANA LEITE SOUZA, PRÓXIMO AO N.º 12, CASA DO SR. RAFAEL.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UMA AMBULÂNCIA PARA FICAR DE PLANTÃO NO PÁTIO DO HOSPITAL OU QUE PERMANEÇA DENTRO DO MUNICÍPIO PARA ATENDER A DEMANDA DE URGÊNCIA/EMERGÊNCIA.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEDETIZAR AS ESCOLAS MUNICIPAIS E BUEIROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR REDUTOR DE VELOCIDADE E/OU SONORIZADOR NAS RUAS E AVENIDAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PISTA DE CAMINHADA NA ANTIGA RODOVIA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA RESOLVIDA A QUESTÃO DO CAMPO DE FUTEBOL DO BAIRRO DO BREJÃO.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE FAIXAS ELEVADAS PARA TRAVESSIA DE PEDESTRES NA ANTIGA RODOVIA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO E SINALIZAÇÃO DAS VIAS DA CIDADE.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO DOS BAIRROS RURAIS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A ORNAMENTAÇÃO, ILUMINAÇÃO E JARDINAGEM NO LOCAL EM QUE SE ENCONTRA A IMAGEM DE NOSSA SENHORA DA CONCEIÇÃO, NA ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DOS BRINQUEDOS DA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A PINTURA DE TODOS OS REDUTORES DE VELOCIDADE QUE EXISTEM NO PERÍMETRO URBANO E COLOCAR REDUTORES DE VELOCIDADE NOS SEGUINTES LOCAIS: AVENIDA EVARISTO JUNQUEIRA; RUA JOSÉ JOAQUIM GOUVEIA; AVENIDA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER O RESTANTE DO CALÇAMENTO NA TRAVESSA EVARISTO JUNQUEIRA.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER REPAROS NO PARQUINHO DA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER REPAROS NA AVENIDA MINAS GERAIS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR LIXEIRAS NAS RUAS DA CIDADE, PRINCIPALMENTE NA RUA JOSÉ JOAQUIM GOUVEIA.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ASSUMA A ADMINISTRAÇÃO DO HOSPITAL E MATERNIDADE DE CAREAÇU.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR UM SONORIZADOR NO TREVO PRINCIPAL DE ACESSO À CIDADE, PRÓXIMO À IMAGEM DE NOSSA SENHORA DA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR DOIS ANCORADOUROS DE BARCO NO RIO SAPUCAÍ.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER REPAROS NO ASFALTO DO BAIRRO CÓRREGO FUNDO, NO TRECHO ONDE FOI FEITA A REDE DE DISTRIBUIÇÃO DE ÁGUA DO POÇO ARTESIANO.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAR A MÁQUINA NAS ESTRADAS RURAIS: POSTO DOM DIEGO À PENHA VIA FORTES; BREJÃO À PENHA, SERRA DOS BORGES.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR LIXEIRAS NOS BAIRROS RURAIS: FORTES, BREJÃO, PENHA, CÓRREGO FUNDO, GROTA ESCURA, BARRO BRANCO E ESPRAIADO.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR PRÓXIMO À PLACA DE ESTACIONAMENTO DO PONTO DE TÁXI, O TELEFONE UTILIZADO PELOS TAXISTAS QUE FICA NA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADQUIRIR CADEIRAS DE RODAS PARA A UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR FAIXAS ELEVADAS PARA TRAVESSIA DE PEDESTRES NA AVENIDA FERNÃO DIAS, EM FRENTE A CRECHE DA PRÓ-INFÂNCIA.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR NO MUNICÍPIO UM TRABALHO DE CAÇA AOS MORCEGOS.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR UM REDUTOR DE VELOCIDADE NA RUA RAUL PEREIRA PINTO, PRÓXIMO À RESIDÊNCIA DO SR. NÉDER DUTRA.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR UMA SEGUNDA OPERAÇÃO &amp;#8220;TAPA BURACOS&amp;#8221; NAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOLOCAR OS BLOQUETES DA RUA MARIANA LEITE SOUZA.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR UM PONTO DE APOIO PARA ABRIGAR OS PACIENTES DO MUNICÍPIO QUE VÃO PARA POUSO ALEGRE.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR NA ZONA RURAL DO MUNICÍPIO UM TRABALHO DE CAÇA AOS MORCEGOS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS NA ESTRADA QUE DÁ ACESSO AOS BAIRROS PENHA E BREJÃO.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIR 3 (TRÊS) MATA-BURROS POR CORREDORES NA ESTRADA DOS FORTES INDO PARA A PENHA.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORAR A ILUMINAÇÃO NA RUA DO BECO DA OLARIA.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR UM REDUTOR DE VELOCIDADE NA RUA ANTÔNIO FLORÊNCIO NOGUEIRA, PRÓXIMO À RESIDÊNCIA DO SR. EXPEDITO FORTES, E AUMENTAR O REDUTOR DE VELOCIDADE QUE FICA PRÓXIMO À RESIDÊNCIA DO SR. JOÃO FIRMINO, NESTA MESMA RUA.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR ENFEITES DE NATAL NA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>OFP - Comissão de Orçamento e Finanças Públicas</t>
-[...2 lines deleted...]
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/801/801_texto_integral.pdf</t>
+    <t>COF - Comissão de Orçamento e Finanças Públicas</t>
+  </si>
+  <si>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE CAREAÇU, REFERENTE AO EXERCÍCIO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE CAREAÇU, REFERENTE AO EXERCÍCIO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE CAREAÇU, REFERENTE AO EXERCÍCIO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Pref. Djalma Pelegrini</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/701/701_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A DATA-BASE PARA REVISÃO GERAL E ANUAL DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E RECOMPOSIÇÃO SALARIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/704/704_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS SUBVENÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/718/718_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS SERVIDORES DA CÂMARA MUNICIPAL DE CAREAÇU/MG.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/719/719_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO CENTRO DE ATENDIMENTO AOS DEPENDENTES QUÍMICOS DO MUNICÍPIO DE CAREAÇU &amp;#8211; CADC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/754/754_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DE BARRACAS DE COMÉRCIO VAREJISTA DE CARÁTER TEMPORÁRIO, NO MUNICÍPIO DE CAREAÇU, MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/755/755_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA - LOA DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO DO INCENTIVO PARA CUSTEIO DO PROGRAMA FARMÁCIA DE MINAS DE QUE TRATAM OS ARTIGOS 9º E 10 DA RESOLUÇÃO SES 1795, DE 11 DE MARÇO DE 2009 DO GOVERNO DO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/786/786_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DA ÁREA DO CEMITÉRIO MUNICIPAL DE CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/793/793_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DE PLANTÃO E RODÍZIO DAS DROGARIAS E FARMÁCIAS EM  FINAIS DE SEMANA E FERIADOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/795/795_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE LOTEAMENTO DENOMINADO JATOBÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/796/796_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO DISCIPLINAR DOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/797/797_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE CONTROLE DE NATALIDADE DE CÃES E GATOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/800/800_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O TRÂNSITO DE VEÍCULOS PESADOS AO LONGO DA RUA DA BALSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/802/802_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE DOAÇÃO DE MATERIAL DE CONSTRUÇÃO PARA PESSOAS CARENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/803/803_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE CESTA BÁSICA DE ALIMENTOS E MATERIAL DE HIGIENE ÀS PESSOAS OU FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/806/806_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE UM TERRENO PARA INSTALAÇÃO DA EMPRESA POLAR FIX INDÚSTRIA E COMÉRCIO DE PRODUTOS HOSPITALARES LTDA., ISENÇÃO TOTAL E PARCIAL DE TRIBUTOS E TAXAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/807/807_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VENCIMENTOS DOS CARGOS DE QUE TRATA A LEI Nº 1.369 DE 09 DE NOVEMBRO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/808/808_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VENCIMENTO DO CARGO DE QUE TRATA A LEI Nº 1.300 DE 01 DE ABRIL DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/809/809_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAREAÇU-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA "ALUGUEL SOCIAL" NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES PARA A ADESÃO DO MUNICÍPIO DE CAREAÇU AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO SUL DE MINAS.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1º DA LEI Nº 1.192, DE 24 DE MARÇO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DE LOGRADOURO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR DE TERMINAL RODOVIÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA CONCESSÃO DE LICENÇA MATERNIDADE, PATERNIDADE E LICENÇA ADOÇÃO DE QUE TRATAM A LEI 1.159/2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DE GOVERNO PARA O PERÍODO DE 2014 À 2017.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAREAÇU/MG PARA O EXERCÍCIO DE 2014 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA NOVA CRECHE MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE DIRETOR DA PRÉ-ESCOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DE CONTRIBUIÇÃO PARA CUSTEIO DE ILUMINAÇÃO PÚBLICA, INSTITUÍDA PELA LEI MUNICIPAL Nº 1.190 DE 31 DE DEZEMBRO DE 2002 E ALTERADA PELA LEI MUNICIPAL Nº 1.309 DE 4 DE JUNHO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA O BEM PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 1.444, DE 24 DE JUNHO DE 2013, TORNANDO-A SEM EFEITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA OS REPRESENTANTES DA FAZENDA PÚBLICA MUNICIPAL A CELEBRAREM ACORDO EM PROCESSOS ADMINISTRATIVOS E TRANSACIONAR EM PROCESSOS JUDICIAIS EM QUE O MUNICÍPIO DE CAREAÇU, SUAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS FOREM INTERESSADOS, AUTORES, RÉUS OU TIVEREM INTERESSE JURÍDICO NA QUALIDADE DE ASSISTENTES OU OPONENTES, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE COOPERAÇÃO TÉCNICA COM O PRESÍDIO DE POUSO ALEGRE, ÓRGÃO ESTADUAL SUBORDINADO À SECRETARIA DE ESTADO DE DEFESA SOCIAL, PARA VIABILIZAR O ABASTECIMENTO DE VEÍCULO DEPOSITADO FIELMENTE ATRAVÉS DE PROCESSO JUDICIAL Nº 0525.13.013232-3 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO À DOAR IMÓVEIS DE SUA PROPRIEDADE À FAMÍLIAS DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE LOTEAMENTO DENOMINADO RESIDENCIAL JARDIM PARAÍSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE LOTEAMENTO DENOMINADO RESIDENCIAL NOVA CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO METRO QUADRADO DOS TERRENOS SITUADOS NA CIDADE DE CAREAÇU, PARA O EXERCÍCIO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/703/703_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A FAZER PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS FISCAIS - PROREFIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/705/705_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº 01/2007 QUE "ALTERA A ESTRUTURA ORGANIZACIONAL E O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DA CÂMARA MUNICIPAL DE CAREAÇU/MG E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS, CRITÉRIO DE INDENIZAÇÃO DE VIAGENS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2598,68 +2598,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>