--- v0 (2025-12-12)
+++ v1 (2026-03-22)
@@ -51,1488 +51,1488 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sônia Maria Faria Martins</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/1/1_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL PARA QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS NO SENTIDO DE APRESENTAR AOS SERVIDORES DO EXECUTIVO MUNICIPAL A CONCLUSÃO DOS TRABALHOS REFERENTE AO BENEFÍCIO DE ADICIONAL POR PROGRESSÃO HORIZONTAL, NOS TERMOS DO OFÍCIO/GAB: 290/2005, DO GABINETE DO PREFEITO, DATADO DE 31 DE OUTUBRO DE 2005, BEM COMO DO OFÍCIO DA CÂMARA MUNICIPAL N.O 067/2005 DE 26 DE OUTUBRO DE 2005, CONFORME CÓPIAS EM ANEXO._x000D_
 </t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/234/234_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL QUE ENVIE PARA ESTA CASA A COMPOSIÇÃO ATUAL DO COMDEC.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/235/235_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL REPAROS NA ILUMINAÇÃO DA RUA JOSÉ ANSELMO DA COSTA E A COLOCAÇÃO DE DOIS BRAÇOS DE LUZ NA TRAVESSA DA RUA JOSÉ ANSELMO DA COSTA COMA RUA MILTON SILVÉRIO E RUA JOSÉ ALÍPIO SILVA, NO BAIRRO VISTA ALEGRE._x000D_
 </t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Joaquim Gonçalves Sobrinho, José Alberto Azevedo Soares, José Chamir de Oliveira, Marcos Barbosa dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/236/236_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL EM CARÁTER DE URGÊNCIA, PROVIDÊNCIAS COM RELAÇÃO À REDE DE ESGOTO DA RUA PRESIDENTE ARTHUR BERNARDES._x000D_
 </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Demetrius Tadeu Sartoris</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/237/237_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL UM FUNCIONÁRIO QUE FIQUE COM O TRABALHO DE CONSERVA NAS ESTRADAS RURAIS, ENTRE OS BAIRROS FORTES, POSSES, TAGUÁ E CAFUNDÓ._x000D_
 </t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/238/238_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE VESTIÁRIOS NOS CAMPOS DE FUTEBOL DOS BAIRROS CÓRREGO FUNDO, PENHA E FORTES._x000D_
 </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/239/239_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COMPRA AO A TERCEIRIZAÇÃO DE UM CAMINHÃO PARA COLETA SELETIVA DE LIXO. NÃO PRECISA SER COM BRAÇO HIDRÁULICO, SENDO UMA GAIOLA, ONDE FICARÁ MENOS ONEROSO PARA A PREFEITURA._x000D_
 </t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José Alberto Azevedo Soares</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/240/240_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A REFORMA DO BANHEIRO PÚBLICO DO CEMITÉRIO MUNICIPAL E TAMBÉM A AMPLIAÇÃO E ILUMINAÇÃO DO CEMITÉRIO._x000D_
 </t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA GUARITA NO BAIRRO VISTA ALEGRE PARA AS CRIANÇAS QUE ESTUDAM NO PRÉ-PRIMÁRIO E UM VEÍCULO MAIOR (OU ATÉ MESMO MAIS UM VEÍCULO) PARA TRANSPORTÁ-LAS._x000D_
 </t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/241/241_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL NO SENTIDO DE QUE VIABILIZE UM SERVIDOR JUNTO À UNIDADE BÁSICA DE SAÚDE, AUXILIAR ADMINISTRATIVO, PARA EXERCER FUNÇÕES DE DIGITADOR E AJUDAR NA ADMINISTRAÇÃO DA REFERIDA UBS._x000D_
 </t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/242/242_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL TAMPAR OS BURACOS EXISTENTES NA RUA PROFESSOR ANTÔNIO NÉDER E TAMBÉM PLANTAR GRAMA JUNTO À ESCADA QUE DÁ ACESSO À RODOVIA FERNÃO DIAS. AO LADO, NA TRAVESSA EVARISTO JUNQUEIRA, CONSTRUIR UM ESCADÃO QUE DÊ ACESSO À RODOVIA FERNÃO DIAS E MAIS UM POSTE DE ILUMINAÇÃO NA MESMA TRAVESSA, A PEDIDO DOS MORADORES._x000D_
 </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/243/243_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA EVARISTO JUNQUEIRA, PRÓXIMO À MERCEARIA SHALON._x000D_
 </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/244/244_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, ATRAVÉS DOS MORADORES DO BAIRRO DOS FORTES, A MELHORIA NA COLETA DE LIXO E TAMBÉM UM REDUTOR DE VELOCIDADE PRÓXIMO À IGREJA._x000D_
 </t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/245/245_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE TELEFONE PÚBLICO (ORELHÃO) PARA PORTADORES DE DEFICIÊNCIA EM TODOS OS BAIRROS DA ZONA RURAL E NA ZONA URBANA, ESPECIALMENTE NA PRAÇA JOSÉ PROCÓPIO JUNQUEIRA._x000D_
 </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/246/246_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL O CASCALHAMENTO DE ACESSO DA ESTRADA PRINCIPAL DO BAIRRO DA PENHA ATÉ A PROPRIEDADE DO SR. ANTÔNIO FELIPE E VINÍCIUS TIBÚRCIO._x000D_
 </t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/247/247_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE ESTUDE A VIABILIDADE DE COLOCAR UM MONITOR DE TRANSPORTE ESCOLAR NO TURNO DIURNO, EM ATENDIMENTO AOS PEDIDOS DOS PAIS DE ALUNOS DA ZONA RURAL._x000D_
 </t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/248/248_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE SE FAZER O PARCELAMENTO DO IPTU QUE ESTÁ ATRASADO ATÉ O ANO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE FAÇA UM PLANO DE CARREIRA PARA OS SERVIDORES MUNICIPAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dercy Waldir de Paiva</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/249/249_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE VOLTE A ENVIAR UM DENTISTA PARA ATENDER NO POSTO DE SAÚDE DO BAIRRO DOS FORTES._x000D_
 </t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE DISPONIBILIZE UM VEÍCULO PARA TRANSPORTAR AS CRIANÇAS DO BAIRRO DA PENHA PARA O BAIRRO DO BREJÃO._x000D_
 </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Joaquim Gonçalves Sobrinho, Demetrius Tadeu Sartoris, Dercy Waldir de Paiva, José Chamir de Oliveira, Mário Lúcio Rezende, Sônia Maria Faria Martins</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CRIAÇÃO DE MECANISMO NO CÓDIGO DE POSTURA DO MUNICÍPIO ESTABELECENDO QUE A INSTALAÇÃO DE PARQUE DE DIVERSÃO SEJA PROIBIDA NOS LIMITES QUE COMPREENDEM A PRAÇA MATRIZ._x000D_
 </t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Joaquim Gonçalves Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE DOIS TAMBORES DE LIXO NO BAIRRO DA VÁRZEA.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL O REMANEJAMENTO DE UMA SERVIÇAL QUE TRABALHE 6 HORAS DIÁRIAS PARA TRABALHAR NA UNIDADE BÁSICA DE SAÚDE NO PERÍODO DA TARDE._x000D_
 </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE, COMO TEVE RECENTEMENTE UMA DEMARCAÇÃO NAS RUAS DA CIDADES COM ESTACIONAMENTO E FAIXA DE PEDESTRES, QUE SE FAÇA TAMBÉM VAGAS DE ESTACIONAMENTO PARA OS VEÍCULOS DOS PORTADORES DE DEFICIÊNCIA FÍSICA._x000D_
 </t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA RODOVIÁRIA QUE PODERIA SER NO TERRENO DA PREFEITURA, AO LADO DO PESCADOR, ONDE EXISTE JÁ UMA PLANTA, OU EM FRENTE AO POSTO ALE, MESMO SABENDO QUE HOJE NÓS TEMOS UM DÉFICIT NO FUNDO DE PARTICIPAÇÃO DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A REABERTURA DA CASA RENASCER, POIS COM A VINDA DO CRAS NÓS VAMOS TER MAIS ASSISTÊNCIA PARA ESSAS CRIANÇAS._x000D_
 </t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE COBRE DO FISCAL DE OBRAS UMA MAIOR FISCALIZAÇÃO QUANDO AS PESSOAS FOREM FAZER ATERROS EM SEUS TERRENOS._x000D_
 </t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Sônia Maria Faria Martins, Dercy Waldir de Paiva, José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONTRATAÇÃO DE UM FARMACÊUTICO PARA TRABALHAR NA FARMÁCIA POPULAR (DA PREFEITURA)._x000D_
 </t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONTRATAÇÃO DE UM FONOAUDIÓLOGO, UM NUTRICIONISTA E UM TERAPEUTA OCUPACIONAL PARA ATENDER NO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE SE COLOCAR PLACAS IMPEDINDO O TRÂNSITO DE VEÍCULOS NOS DOIS SENTIDOS, PRÓXIMO AO GRUPO ESCOLAR, NOS HORÁRIOS DE ENTRADA E SAÍDA DAS CRIANÇAS DA ESCOLA: DE MANHÃ, DAS 07:00 ÀS 07:30 E 11:30 ÀS 12:00; DE TARDE, DAS 12:30 ÀS 13:00 E 17:00 ÀS 17:30 HORAS, SENDO PERMITIDO APENAS TRÂNSITO DOS MORADORES DO LOCAL._x000D_
 </t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA GUARITA PRÓXIMO À FAZENDA PEDRA PRETA E ENTRAR EM CONTATO COM A EMPRESA OHL BRASIL PARA QUE POSSA ESTUDAR A POSSIBILIDADE DE PASSAGEM DOS PEDESTRES EM FRENTE AO POSTO MINAS GERAIS._x000D_
 </t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A REVISÃO DOS HORÁRIOS QUE O VEÍCULO ESCOLAR VAI BUSCAR OS ALUNOS NO BAIRRO DA FAZENDINHA, A PEDIDO DOS PAIS._x000D_
 </t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE ACELERE O PROCESSO DO RETORNO DE ACESSO À CAREAÇU PELOS MORADORES DO BAIRRO FAZENDINHA E PEDRA PRETA, POIS ESTES TÊM QUE IR PRÓXIMO À COMUNIDADE DE CARNEIROS PARA RETORNAREM PARA CAREAÇU._x000D_
 </t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONTRATAÇÃO DE UM DENTISTA PARA O POSTO DE SAÚDE DA ÁREA URBANA E RURAL._x000D_
 </t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL O CASCALHAMENTO DA ESTRADA PRINCIPAL DE ACESSO DO BAIRRO DOS FORTES (POSSES), ATÉ A CASA DO SR. ALÍPIO ALVES DA SILVA, ONDE O MESMO FARÁ A DOAÇÃO DO CASCALHO._x000D_
 </t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE HAJA UM ACOMPANHAMENTO COM OS VENDEDORES AMBULANTES NO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE SE FAÇA A REDE DE ESGOTO DA RUA ANTÔNIO SOARES DE PINHO, NA RESIDÊNCIA DA SRA. CARMEN GONÇALVES._x000D_
 </t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA BOCA DE LOBO NA RUA JOAQUIM AMADOR NETO, PRÓXIMO À CASA DO SR. ANTÔNIO DOS REIS FILHO, N.O 131._x000D_
 </t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, ATRAVÉS DOS MORADORES DA RUA PREFEITO RENATO ADAMI, QUE SEJA CONSTRUÍDA UMA GALERIA PRÓXIMO AO N.O 211._x000D_
 </t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Sidney Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL, A AMPLIAÇÃO DA DELEGACIA DE POLÍCIA CIVIL.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL, A CRIAÇÃO DA CASA DA CULTURA E DO ARTESANATO.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE IMPLANTE O PROJETO ACADEMIA AO AR LIVRE, PROJETO ESTE QUE PARTICIPAMOS JUNTOS NO EXPOMINAS EM BELO HORIZONTE NOS DIAS 05 E 06 DE MAIO, PARA PESSOAS DA TERCEIRA IDADE. PODEMOS APROVEITAR O ESPAÇO EXISTENTE NO BAIRRO VALE DO SOL, ONDE AS PESSOAS PODERÃO FAZER ALONGAMENTO NO POLIESPORTIVO, EM SEGUIDA CAMINHADAS E POSTERIORMENTE EXERCÍCIOS._x000D_
 </t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, ATRAVÉS DOS MORADORES DO BAIRRO CÓRREGO FUNDO, CASCALHAR A ESTRADA DE ACESSO DESDE A CASA DO SR. JOSÉ LORIANO ATÉ O CAMPO DE FUTEBOL, DESENTUPINDO DOIS BUEIROS LÁ EXISTENTES. _x000D_
 </t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, A PEDIDO DOS MORADORES DO BAIRRO DA PENHA, QUE FAÇA MELHORIAS NA ESTRADA QUE LIGA O BAIRRO DA PENHA ATÉ O BAIRRO DOS FORTES E QUE MELHORE TAMBÉM O ACESSO DA ENTRADA DA CASA DO SR. JOSÉ PEDRO DE ALMEIDA._x000D_
 </t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, ATRAVÉS DOS MORADORES DO BAIRRO SANTA LUZIA E BREJÃO, MELHORIAS NA ESTRADA._x000D_
 </t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A INSTALAÇÃO DA REDE DE ÁGUA, REDE DE ESGOTO E REDE PLUVIAL NO BAIRRO NOVO HORIZONTE._x000D_
 </t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE MESMO DIANTE DAS DIFICULDADES ENFRENTADAS COM A DIMINUIÇÃO NO FUNDO DE PARTICIPAÇÃO, MANTENHA O COMPROMISSO DA COMPRA DO MICRO-ÔNIBUS PARA A ÁREA DA SAÚDE._x000D_
 </t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONTINUAÇÃO DO CALÇAMENTO DA ENTRADA DO DISTRITO INDUSTRIAL NO BAIRRO NOVO HORIZONTE ATÉ O GALPÃO DA PREFEITURA, ONDE MANTÉM INSTALADA A FÁBRICA CONEX._x000D_
 </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, ATRAVÉS DO SECRETÁRIO MUNICIPAL DE ESPORTE, QUE TOME PROVIDÊNCIAS PARA QUE SEJA MUDADA TODA A FIAÇÃO E LÂMPADAS DA QUADRA DE ESPORTES DO BAIRRO DOS FORTES._x000D_
 </t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, QUE SEJAM COLOCADOS CESTÃO DE LIXO NOS BAIRROS RURAIS QUE AINDA NÃO POSSUEM E FICARIA A COLETA DE 30 EM 30 DIAS PARA O LIXO RECICLÁVEL, ONDE O CAMINHÃO PASSARIA PELO BAIRRO DO CÓRREGO FUNDO, PENHA, BREJÃO, FORTES, TAGUÁ, CAFUNDÓ, TIMBÓ E FAZENDA DO SR. DITO BARROSO._x000D_
 </t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>José Chamir de Oliveira, Dercy Waldir de Paiva, Joaquim Gonçalves Sobrinho, José Alberto Azevedo Soares, Sônia Maria Faria Martins</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A ANTECIPAÇÃO DA DATA-BASE PARA RECOMPOSIÇÃO DOS_x000D_
 VENCIMENTOS DOS SERVIDORES MUNICIPAIS DA PREFEITURA MUNICIPAL DE CAREAÇU._x000D_
 </t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Mário Lúcio Rezende</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE TOME PROVIDÊNCIAS QUANTO À DISTRIBUIÇÃO DAS ÁGUAS DOS POÇOS ARTESIANOS NOS BAIRROS DO BREJÃO, PENHA E CÓRREGO FUNDO._x000D_
 </t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE SE CONSTRUIR OU DAR O MATERIAL DE CONSTRUÇÃO PARA CONSTRUIRMOS UM BARRACÃO NO BAIRRO TAGUÁ._x000D_
 </t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE TROCA DOS DOIS CAMINHÕES DA SECRETARIA DE OBRAS E TAMBÉM DA MÁQUINA PATROL._x000D_
 </t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COMPRA DE UNIFORMES (SAPATO, CALÇA E CAMISA) PARA OS SERVIDORES PÚBLICOS: GARI, MOTORISTA E OPERÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NO TRECHO DE ACESSO PRÓXIMO DA INTERSECÇÃO COM A ANTIGA FERNÃO DIAS (PERTO DA IMAGEM DA ENTRADA DA CIDADE)._x000D_
 </t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA GUARITA NO TREVO DA SAÍDA DE CAREAÇU PARA POUSO ALEGRE E SILVIANÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A ADEQUAÇÃO DO REDUTOR DE VELOCIDADE QUE EXISTE ANTES DA ENTRADA DO BAIRRO VISTA ALEGRE E SUA SINALIZAÇÃO DE ACORDO COM O CTB._x000D_
 </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA JOAQUIM LOPES SIQUEIRA, PRÓXIMO À IGREJA ASSEMBLÉIA DE DEUS, ENTRE OS NÚMEROS 260 E 290._x000D_
 </t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE, ATRAVÉS DO SECRETÁRIO DE OBRAS DA ZONA RURAL, SEJA FEITO UM LEVANTAMENTO EM PROPRIEDADES QUE NECESSITAM DE MATA-BURROS._x000D_
 </t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA SATURNINO DE FARIA, PRÓXIMO À IGREJA BOAS NOVAS DE ALEGRIA._x000D_
 </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE PRÓXIMO AO BAR DO DIOMAR E SALÃO DE CABELEIREIRO DO GORDO, NA RUA ANTÔNIO FLORÊNCIO NOGUEIRA._x000D_
 </t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL UM POSTE DE LUZ NA RUA MARIANA LEITE SOUZA, PRÓXIMO AO NÚMERO 12, CASA DO SR. RAFAEL._x000D_
 </t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Demetrius Tadeu Sartoris, Marcos Barbosa dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE NOVAMENTE FAÇA O PEDIDO JUNTO À TELEMAR/OI NORTE LESTE S/A PARA A INSTALAÇÃO DE UM ORELHÃO NO BAIRRO CÓRREGO FUNDO._x000D_
 </t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Marcos Barbosa dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE UM CAMINHÃO PIPA PARA PASSAR NAS ESTRADAS DA ZONA RURAL PELO MENOS DUAS VEZES POR SEMANA._x000D_
 </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL, A COLOCAÇÃO DE REDUTORES DE VELOCIDADE EM ALGUNS PONTOS DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL A DETETIZAÇÃO DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A MELHORIA DA ESTRADA QUE LIGA O BAIRRO BOM RETIRO COM O BAIRRO MOREIRA._x000D_
 </t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL PROVIDÊNCIAS COM RELAÇÃO AO MATA-BURRO DA ESTRADA DA FAZENDA DO SR. DITO BARROSO._x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO NOS BAIRROS RURAIS._x000D_
 </t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) NO BAIRRO CAFUNDÓ E NO DITO BARROSO._x000D_
 </t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE PARCELAMENTO NA COBRANÇA DO_x000D_
 IPTU, AOS MUNÍCIPES QUE ESTIVEREM EM DÉBITO COM A PREFEITURA._x000D_
 </t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA GUARITA NO BAIRRO CÓRREGO FUNDO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Demetrius Tadeu Sartoris, José Chamir de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A ELABORAÇÃO DO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS PARA OS SERVIDORES DA PREFEITURA._x000D_
 </t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL A INSTALAÇÃO DE UM TELEFONE PÚBLICO NO BAIRRO PEDRA PRETA.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE MATA-BURROS NO BAIRRO BREJÃO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL UM CALENDÁRIO PARA AS FESTAS DO ANO DE 2010, COMEÇANDO COM O ARNAVAL QUE É UMA FESTA TRADICIONAL NO BRASIL, POSTERIORMENTE A FESTA DO AGITA CAREAÇU, EM SEGUIDA A FESTA DE SÃO BENEDITO E NOSSA SENHORA DO ROSÁRIO, A TRADICIONAL FESTA DE JULHO DE NOSSA SENHORA DA CONCEIÇÃO E SÃO SEBASTIÃO, FESTA DO PEÃO EM AGOSTO, DEPOIS A FESTA EM PROL DO LAR SÃO VICENTE DE PAULO NO FINAL DE SETEMBRO E COMEÇO DE OUTUBRO. DESTE MODO PODERÍAMOS USAR O PERÍODO DA NOITE NA FESTA DO AGITA CAREAÇU PARA QUE SEJA REALIZADO BINGOS DE PRENDAS E ASSADOS E ESTA RENDA SEJA REVERTIDA EM PROL DO HOSPITAL E MATERNIDADE DE CAREAÇU._x000D_
 </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A LIGAÇÃO DA REDE DE ESGOTO NO BAIRRO ITAGAÇABA, NO TRECHO PRÓXIMO AO BAR DO DIOMAR ATÉ A CASA DA D. DITA, NA RUA DA BALSA._x000D_
 </t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA RAMPA PARA OS DEFICIENTES FÍSICOS NA ENTRADA PRINCIPAL DA PREFEITURA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE APRESENTE PROJETO DE LEI QUE DISPONHA SOBRE "A CONTRATAÇÃO DE PORTADOR DE DEFICIÊNCIA COMO SERVIDOR PÚBLICO MUNICIPAL" NA PROPORÇÃO DEFINIDA EM LEI FEDERAL, DO NÚMERO TOTAL DE FUNCIONÁRIOS DA PREFEITURA, OU SEJA, NÃO SE TRATA DA CRIAÇÃO DE VAGAS; DAS VAGAS EXISTENTES HOJE, FAZER A DESTINAÇÃO PARA O PORTADOR DE DEFICIÊNCIA NA PROPORÇÃO QUE A LEI DETERMINA._x000D_
 </t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE TENHA "INICIATIVA DE LEI" QUE PROMOVA A ADEQUAÇÃO DO PISO SALARIAL DOS PROFESSORES DO MUNICÍPIO DE CAREAÇU, NOS TERMOS DA LEI N.O 11.738 DE 16 DE JULHO DE 2008, QUE INSTITUI O PISO SALARIAL NACIONAL PARA PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA._x000D_
 </t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE TRÊS MATA-BURROS NO BAIRRO DAS POSSES: NAS PROPRIEDADES DO SR. EDUARDO, DO SR. JORGE TEODORO E DA SRA. LOURDES QUIRINA._x000D_
 </t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE SEJA REALIZADA ATRAVÉS DA SECRETARIA DE OBRAS, UMA LIMPEZA E REFORMA NA QUADRA DE ESPORTES NO BAIRRO DA PENHA A PEDIDO DOS MORADORES._x000D_
 </t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE FAÇA MANUTENÇÃO NO PISO E PAREDES DA UNIDADE BÁSICA DE SAÚDE E NA FARMÁCIA._x000D_
 </t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE SOLICITE AO SECRETÁRIO DE OBRAS QUE MANDE PASSAR A MÁQUINA E FAÇA O CASCALHAMENTO DA ESTRADA QUE LIGA A FAZENDA DO FATINHO ATÉ O BAIRRO DA PENHA, PASSANDO PELA GROTA ESCURA._x000D_
 </t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL, A PEDIDO DOS PAIS, O RETORNO DAS AULAS DE CAPOEIRA E JUDÔ.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL TOMAR AS PROVIDÊNCIAS CABÍVEIS JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA OS ALUNOS DA ZONA RURAL QUE NÃO ESTÃO TENDO AULAS DE EDUCAÇÃO FÍSICA._x000D_
 </t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL ATRAVÉS DOS MORADORES DO BAIRRO CÓRREGO FUNDO UMA DESCARGA DE ÁGUA À CADA QUINZE DIAS NA REDE DE ESGOTO._x000D_
 </t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO COM URGÊNCIA DE PLACAS DE SINALIZAÇÃO NA VIA (RODOVIA) QUE DARÁ ACESSO AO BAIRRO &amp;#8220;NOVO HORIZONTE&amp;#8221;: PASSAGEM DE PEDESTRE; PASSAGEM DE CICLISTAS; PASSAGEM DE DEFICIENTE FÍSICO; SERVIÇOS DESTINADOS À SAÚDE; DISTRITO INDUSTRIAL._x000D_
 </t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE SEJA COLOCADO NO BAIRRO NOVO HORIZONTE UM RESERVATÓRIO DE ÁGUA POTÁVEL COM CAPACIDADE PARA 50.000 LITROS._x000D_
 </t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM VESTIÁRIO NO CAMPO DE FUTEBOL DO BAIRRO DA PENHA._x000D_
 </t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE UMA AMBULÂNCIA PARA ATENDER OS MORADORES DE TODOS OS BAIRROS DA ZONA RURAL._x000D_
 </t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL O REPARO NO SISTEMA DE ESCOAMENTO DE ÁGUA NA RUA "A", N.O 98, BAIRRO SAÚDE (RESIDÊNCIA DO SR. BENÍCIO PIRES TEIXEIRA)_x000D_
 </t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE UM PORTÃO NA QUADRA DA ESCOLA MUNICIPAL DO BAIRRO DOS FORTES E A MANUTENÇÃO DO ALAMBRADO._x000D_
 </t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Demetrius Tadeu Sartoris, José Alberto Azevedo Soares, José Chamir de Oliveira, Marcos Barbosa dos Reis, Sidney Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL DELIMITAR A ÁREA DO PERÍMETRO URBANO, ATÉ AS MARGENS DA RODOVIA FERNÃO DIAS._x000D_
 </t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE PROVIDENCIE DUAS TRAVES DE GOL SOCIETY PARA O BAIRRO DA PENHA, A PEDIDO DOS ATLETAS QUE PRATICAM FUTEBOL DE CAMPO E A PEDIDO DO SR. JOSÉ ANTÔNIO FERNANDES QUE É UM DOS COORDENADORES DO CAMPO DE FUTEBOL._x000D_
 </t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL UMA CÓPIA DO CONTRATO DA PREFEITURA MUNICIPAL JUNTO À COPASA PARA SABER SOBRE AS CONDIÇÕES DE SEGURANÇA QUE A PREFEITURA TERÁ COM RELAÇÃO ÀS OBRAS QUE ESTÃO SENDO REALIZADAS NAS RUAS DA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL QUE SEJA REMETIDA CÓPIA DESTA INDICAÇÃO AO SECRETÁRIO DE OBRAS PARA TOMAR AS PROVIDÊNCIAS NECESSÁRIAS QUANTO AO ALAGAMENTO QUE ESTÁ ACONTECENDO NA RUA MARIANA LEITE SOUZA, PRÓXIMO AO NÚMERO 82._x000D_
 </t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL INSTALAR, MONTAR E ADEQUAR UMA SALA DE FISIOTERAPIA NA UNIDADE BÁSICA DE SAÚDE._x000D_
 </t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR. PREFEITO MUNICIPAL, EM CARÁTER DE URGÊNCIA, A REFORMA DA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL COLOCAÇÃO DE UM TAMBOR DE LIXO NA ENTRADA DO SÍTIO DO SR. ANTÔNIO SEBASTIÃO RODRIGUES, NO BAIRRO CÓRREGO FUNDO._x000D_
 </t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A PROIBIÇÃO DA PASSAGEM DE CAMINHÕES ACIMA DE 15 TONELADAS NA PONTE DO BAIRRO DA PENHA._x000D_
 </t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE PLACAS INDICATIVAS DOS BAIRROS E TAMBÉM PLACAS COM OS NOMES DOS LOGRADOUROS PÚBLICOS AINDA NÃO CONTEMPLADOS COMO EXEMPLO: PLACA INDICANDO ENTRADA DO BAIRRO "VALE DO SOL" E DE PLACA CONTENDO O NOME DA "RUA DO CONTORNO" NO MESMO BAIRRO._x000D_
 </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL RETIRADA DOS CANTEIROS CENTRAIS DA RUA JESUÍNO SILVA, DA AVENIDA JOAQUIM LOPES SIQUEIRA E AVENIDA SATURNINO DE FARIA._x000D_
 </t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A CONTRATAÇÃO DE UMA NUTRICIONISTA PARA DAR ASSISTÊNCIA NAS ESCOLAS MUNICIPAIS, ASILO E CRECHE._x000D_
 </t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO SR. PREFEITO MUNICIPAL A COLOCAÇÃO DE MANILHAS PRÓXIMO À CONGREGAÇÃO CRISTÃ DO BRASIL NO BAIRRO DOS FORTES._x000D_
 </t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÁRIO DE CIDADÃO CAREAÇUENSE.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Pref. Tovar dos Santos Barroso</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/</t>
+    <t>http://sapl.careacu.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS SUBVENÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO E AUMENTO DAS REMUNERAÇÕES DOS MÉDICOS DO PROGRAMA SAÚDE DA FAMÍLIA DO MUNICÍPIO DE CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DE LEI 1.309 DE 04 DE JUNHO DE 2008 QUE INSTITUIU NO MUNICÍPIO DE CAREAÇU A CONTRIBUIÇÃO PARA CUSTEIO DE ILUMINAÇÃO PÚBLICA PREVISTA NO ARTIGO 149-A DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS PARA O CRAS - CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL E DISPÕE SOBRE A REMUNERAÇÃO.</t>
   </si>
   <si>
     <t>401</t>
   </si>
@@ -1665,51 +1665,51 @@
   <si>
     <t>DISPÕE SOBRE O PROGRAMA VIVA A VIDA, PREVENÇÃO É O MELHOR REMÉDIO - CAREAÇU SORRIDENTE.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO COMISSIONADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBVENÇÃO SOCIAL, ALTERANDO O INCISO I, ALÍNEA "A" DO ARTIGO 1º DA LEI Nº 1.234 DE 15 DE JANEIRO DE 2009 DA QUAL PASSA A TER A SEGUINTE REDAÇÃO.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO SERVIÇO DE TRANSPORTE COLETIVO URBANO DO MUNICÍPIO DE CAREAÇU, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.careacu.mg.leg.br/media/sapl/public/materialegislativa/2009/423/pl_28_2009.pdf</t>
+    <t>http://sapl.careacu.mg.leg.br/media/sapl/public/materialegislativa/2009/423/pl_28_2009.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N.º 1.181/2002 E REESTRUTURA O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO QUADRO DE MAGISTÉRIO DO MUNICÍPIO DE CAREAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAREAÇU/MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -2022,67 +2022,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/sapl/public/materialegislativa/2009/423/pl_28_2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.careacu.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/sapl/public/materialegislativa/2009/423/pl_28_2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.careacu.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>